--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -668,51 +668,51 @@
   <si>
     <t>17500 руб.</t>
   </si>
   <si>
     <t>Гидроцилиндр МС 80/56х900-3.11.2 (1250)</t>
   </si>
   <si>
     <t>19400 руб.</t>
   </si>
   <si>
     <t>Гидроцилиндр ЦГ-80.50х1000.33-01</t>
   </si>
   <si>
     <t>Гидроцилиндр ЦГ-40.20х150.11</t>
   </si>
   <si>
     <t>2780 руб.</t>
   </si>
   <si>
     <t>Гидроцилиндр ЦГ-80.40х500.22-01</t>
   </si>
   <si>
     <t>Гидроцилиндр ЦГ-125.100х5000.31 (ГЦ 2792.22.03.110)</t>
   </si>
   <si>
-    <t>275000 руб.</t>
+    <t>450450 руб.</t>
   </si>
   <si>
     <t>Гидроцилиндр ЦГ-160.80х900.13 (ГЦ 2-160.80.900.1325)</t>
   </si>
   <si>
     <t>80400 руб.</t>
   </si>
   <si>
     <t>Гидроцилиндр ЦГ-100.90х1670.14 (ГЦ 2978.52.40.100)</t>
   </si>
   <si>
     <t>63500 руб.</t>
   </si>
   <si>
     <t>Гидроцилиндр ЦГ-100.50х1360.33 (ГЦ 2698.02.02.300)</t>
   </si>
   <si>
     <t>40000 руб.</t>
   </si>
   <si>
     <t>Гидроцилиндр ЦГ-100.63х1125.14 (ГЦ 2792.52.03.300)</t>
   </si>
   <si>
     <t>35600 руб.</t>
   </si>